--- v0 (2025-10-15)
+++ v1 (2025-12-07)
@@ -4655,78 +4655,78 @@
     </row>
     <row r="41" customHeight="1" ht="19.0"/>
     <row r="42" customHeight="1" ht="49.0"/>
     <row r="43" customHeight="1" ht="50.0"/>
     <row r="44" customHeight="1" ht="63.0"/>
     <row r="45" customHeight="1" ht="104.0" customFormat="1" s="2">
       <c r="B45" s="1"/>
       <c r="C45" s="1"/>
       <c r="D45" s="1"/>
       <c r="E45" s="1"/>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
       <c r="I45" s="1"/>
       <c r="J45" s="1"/>
       <c r="K45" s="1"/>
       <c r="L45" s="1"/>
       <c r="M45" s="1"/>
       <c r="N45" s="1"/>
     </row>
     <row r="46" customHeight="1" ht="27.0"/>
   </sheetData>
   <autoFilter ref="C14:L14"/>
   <mergeCells count="20">
     <mergeCell ref="C19:L19"/>
-    <mergeCell ref="C31:L31"/>
-[...1 lines deleted...]
-    <mergeCell ref="C15:D15"/>
     <mergeCell ref="C21:F21"/>
+    <mergeCell ref="C25:L25"/>
+    <mergeCell ref="C27:H27"/>
     <mergeCell ref="C22:G23"/>
     <mergeCell ref="C2:L2"/>
-    <mergeCell ref="C25:L25"/>
-    <mergeCell ref="C27:H27"/>
+    <mergeCell ref="C4:L4"/>
+    <mergeCell ref="C15:D15"/>
+    <mergeCell ref="C6:H6"/>
+    <mergeCell ref="C12:L12"/>
+    <mergeCell ref="C31:L31"/>
+    <mergeCell ref="C28:G29"/>
     <mergeCell ref="C3:L3"/>
-    <mergeCell ref="C28:G29"/>
-[...1 lines deleted...]
-    <mergeCell ref="C4:L4"/>
+    <mergeCell ref="C37:L37"/>
     <mergeCell ref="C33:G35"/>
-    <mergeCell ref="C37:L37"/>
     <mergeCell ref="C39:G39"/>
+    <mergeCell ref="F8:J8"/>
     <mergeCell ref="F7:J7"/>
-    <mergeCell ref="F8:J8"/>
     <mergeCell ref="G15:H15"/>
     <mergeCell ref="I15:K15"/>
   </mergeCells>
   <dataValidations count="2">
+    <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="textLength" sqref="G16:G17">
+      <formula1>0</formula1>
+      <formula2>25</formula2>
+    </dataValidation>
     <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="textLength" sqref="H16:H17">
       <formula1>0</formula1>
       <formula2>125</formula2>
-    </dataValidation>
-[...2 lines deleted...]
-      <formula2>25</formula2>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="F7" r:id="rId1"/>
     <hyperlink ref="F8" r:id="rId2"/>
   </hyperlinks>
   <drawing r:id="rId3"/>
   <extLst/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main">
   <dimension ref="A1:K93"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" state="frozen"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" customHeight="1"/>
   <cols>
     <col min="1" max="1" style="2" width="5.16"/>
     <col min="2" max="2" style="40" width="16.82"/>
     <col min="3" max="3" style="41" width="21.59"/>
     <col min="4" max="4" style="42" width="21.59"/>
@@ -7202,57 +7202,57 @@
         <v>486</v>
       </c>
       <c r="E93" s="41" t="s">
         <v>487</v>
       </c>
       <c r="F93" s="41" t="s">
         <v>488</v>
       </c>
       <c r="G93" s="56" t="s">
         <v>489</v>
       </c>
       <c r="H93" s="56" t="s">
         <v>275</v>
       </c>
       <c r="I93" s="74" t="s">
         <v>490</v>
       </c>
       <c r="J93" s="71" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="94" customHeight="1" ht="56.0"/>
   </sheetData>
   <autoFilter ref="B2:J2"/>
   <dataValidations count="4">
+    <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="textLength" sqref="F4:F16 F18:F88 F90:F92">
+      <formula1>0</formula1>
+      <formula2>25</formula2>
+    </dataValidation>
     <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="textLength" sqref="G4:G93">
       <formula1>0</formula1>
       <formula2>125</formula2>
-    </dataValidation>
-[...2 lines deleted...]
-      <formula2>25</formula2>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="I3" r:id="rId1"/>
     <hyperlink ref="J3" r:id="rId2"/>
     <hyperlink ref="J5" r:id="rId3"/>
     <hyperlink ref="J6" r:id="rId4"/>
     <hyperlink ref="I10" r:id="rId5"/>
     <hyperlink ref="J10" r:id="rId6"/>
     <hyperlink ref="I11" r:id="rId7"/>
     <hyperlink ref="J11" r:id="rId8"/>
     <hyperlink ref="I12" r:id="rId9"/>
     <hyperlink ref="J12" r:id="rId10"/>
     <hyperlink ref="J14" r:id="rId11"/>
     <hyperlink ref="I15" r:id="rId12"/>
     <hyperlink ref="J15" r:id="rId13"/>
     <hyperlink ref="I16" r:id="rId14"/>
     <hyperlink ref="J16" r:id="rId15"/>
     <hyperlink ref="J17" r:id="rId16"/>
     <hyperlink ref="J19" r:id="rId17"/>
     <hyperlink ref="I20" r:id="rId18"/>
     <hyperlink ref="J20" r:id="rId19"/>
     <hyperlink ref="J21" r:id="rId20"/>
     <hyperlink ref="I22" r:id="rId21"/>
     <hyperlink ref="J22" r:id="rId22"/>
@@ -9812,57 +9812,57 @@
     </row>
     <row r="95" customHeight="1" ht="56.0">
       <c r="H95" s="84"/>
       <c r="I95" s="84"/>
       <c r="J95" s="84"/>
     </row>
     <row r="96" customHeight="1" ht="56.0">
       <c r="H96" s="84"/>
       <c r="I96" s="84"/>
       <c r="J96" s="84"/>
     </row>
     <row r="97" customHeight="1" ht="56.0">
       <c r="H97" s="84"/>
       <c r="I97" s="84"/>
       <c r="J97" s="84"/>
     </row>
     <row r="98" customHeight="1" ht="56.0">
       <c r="H98" s="84"/>
       <c r="I98" s="84"/>
       <c r="J98" s="84"/>
     </row>
     <row r="99" customHeight="1" ht="56.0"/>
   </sheetData>
   <autoFilter ref="B2:J2"/>
   <dataValidations count="4">
+    <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="textLength" sqref="F3:F14 F16:F82 F84:F86">
+      <formula1>0</formula1>
+      <formula2>25</formula2>
+    </dataValidation>
     <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="textLength" sqref="G3:G87">
       <formula1>0</formula1>
       <formula2>125</formula2>
-    </dataValidation>
-[...2 lines deleted...]
-      <formula2>25</formula2>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="J3" r:id="rId1"/>
     <hyperlink ref="J5" r:id="rId2"/>
     <hyperlink ref="J6" r:id="rId3"/>
     <hyperlink ref="I8" r:id="rId4"/>
     <hyperlink ref="J8" r:id="rId5"/>
     <hyperlink ref="I9" r:id="rId6"/>
     <hyperlink ref="J9" r:id="rId7"/>
     <hyperlink ref="I10" r:id="rId8"/>
     <hyperlink ref="J10" r:id="rId9"/>
     <hyperlink ref="J12" r:id="rId10"/>
     <hyperlink ref="J13" r:id="rId11"/>
     <hyperlink ref="I14" r:id="rId12"/>
     <hyperlink ref="J14" r:id="rId13"/>
     <hyperlink ref="J15" r:id="rId14"/>
     <hyperlink ref="I18" r:id="rId15"/>
     <hyperlink ref="J18" r:id="rId16"/>
     <hyperlink ref="I19" r:id="rId17"/>
     <hyperlink ref="J19" r:id="rId18"/>
     <hyperlink ref="I20" r:id="rId19"/>
     <hyperlink ref="J20" r:id="rId20"/>
     <hyperlink ref="I21" r:id="rId21"/>
     <hyperlink ref="J21" r:id="rId22"/>
@@ -12411,57 +12411,57 @@
       </c>
       <c r="J88" s="93" t="s">
         <v>478</v>
       </c>
       <c r="K88" s="75"/>
     </row>
     <row r="89" customHeight="1" ht="56.0">
       <c r="B89" s="56"/>
       <c r="C89" s="56"/>
       <c r="D89" s="56"/>
       <c r="E89" s="56"/>
       <c r="F89" s="56"/>
       <c r="G89" s="56"/>
       <c r="H89" s="56"/>
       <c r="I89" s="56"/>
       <c r="K89" s="75"/>
     </row>
     <row r="90" customHeight="1" ht="56.0"/>
   </sheetData>
   <autoFilter ref="B2:J2"/>
   <mergeCells count="2">
     <mergeCell ref="B49:B50"/>
     <mergeCell ref="C49:C50"/>
   </mergeCells>
   <dataValidations count="5">
+    <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="textLength" sqref="F3:F14 F16:F29 F31:F86 F88:F89">
+      <formula1>0</formula1>
+      <formula2>25</formula2>
+    </dataValidation>
     <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="textLength" sqref="G3:G89">
       <formula1>0</formula1>
       <formula2>125</formula2>
-    </dataValidation>
-[...2 lines deleted...]
-      <formula2>25</formula2>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="J3" r:id="rId1"/>
     <hyperlink ref="J4" r:id="rId2"/>
     <hyperlink ref="J7" r:id="rId3"/>
     <hyperlink ref="J10" r:id="rId4"/>
     <hyperlink ref="J11" r:id="rId5"/>
     <hyperlink ref="J13" r:id="rId6"/>
     <hyperlink ref="J14" r:id="rId7"/>
     <hyperlink ref="J15" r:id="rId8"/>
     <hyperlink ref="J18" r:id="rId9"/>
     <hyperlink ref="J19" r:id="rId10"/>
     <hyperlink ref="J20" r:id="rId11"/>
     <hyperlink ref="J21" r:id="rId12"/>
     <hyperlink ref="J22" r:id="rId13"/>
     <hyperlink ref="J25" r:id="rId14"/>
     <hyperlink ref="J26" r:id="rId15"/>
     <hyperlink ref="J27" r:id="rId16"/>
     <hyperlink ref="J28" r:id="rId17"/>
     <hyperlink ref="J29" r:id="rId18"/>
     <hyperlink ref="J32" r:id="rId19"/>
     <hyperlink ref="J33" r:id="rId20"/>
     <hyperlink ref="J34" r:id="rId21"/>
     <hyperlink ref="J35" r:id="rId22"/>
@@ -14938,57 +14938,57 @@
       </c>
       <c r="E87" s="56" t="s">
         <v>876</v>
       </c>
       <c r="F87" s="56" t="s">
         <v>641</v>
       </c>
       <c r="G87" s="56" t="s">
         <v>476</v>
       </c>
       <c r="H87" s="56" t="s">
         <v>642</v>
       </c>
       <c r="I87" s="56" t="s">
         <v>477</v>
       </c>
       <c r="J87" s="71" t="s">
         <v>478</v>
       </c>
       <c r="K87" s="75"/>
     </row>
     <row r="88" customHeight="1" ht="56.0"/>
   </sheetData>
   <autoFilter ref="B2:J2"/>
   <dataValidations count="7">
+    <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="textLength" sqref="F3:F16 F18:F31 F33:F70 E71:F71 F72:F85 F87:F87">
+      <formula1>0</formula1>
+      <formula2>25</formula2>
+    </dataValidation>
     <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="textLength" sqref="G3:G87">
       <formula1>0</formula1>
       <formula2>125</formula2>
-    </dataValidation>
-[...2 lines deleted...]
-      <formula2>25</formula2>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="J3" r:id="rId1"/>
     <hyperlink ref="J4" r:id="rId2"/>
     <hyperlink ref="J5" r:id="rId3"/>
     <hyperlink ref="I6" r:id="rId4"/>
     <hyperlink ref="J6" r:id="rId5"/>
     <hyperlink ref="J7" r:id="rId6"/>
     <hyperlink ref="J8" r:id="rId7"/>
     <hyperlink ref="J12" r:id="rId8"/>
     <hyperlink ref="J13" r:id="rId9"/>
     <hyperlink ref="J15" r:id="rId10"/>
     <hyperlink ref="J16" r:id="rId11"/>
     <hyperlink ref="J17" r:id="rId12"/>
     <hyperlink ref="J20" r:id="rId13"/>
     <hyperlink ref="J21" r:id="rId14"/>
     <hyperlink ref="J22" r:id="rId15"/>
     <hyperlink ref="J23" r:id="rId16"/>
     <hyperlink ref="J24" r:id="rId17"/>
     <hyperlink ref="J25" r:id="rId18"/>
     <hyperlink ref="J27" r:id="rId19"/>
     <hyperlink ref="J28" r:id="rId20"/>
     <hyperlink ref="J29" r:id="rId21"/>
     <hyperlink ref="J30" r:id="rId22"/>
@@ -15519,60 +15519,60 @@
       <c r="C25" s="102" t="s">
         <v>942</v>
       </c>
       <c r="D25" s="100" t="s">
         <v>943</v>
       </c>
       <c r="E25" s="100" t="s">
         <v>885</v>
       </c>
       <c r="F25" s="100" t="s">
         <v>944</v>
       </c>
       <c r="G25" s="100" t="s">
         <v>945</v>
       </c>
       <c r="H25" s="101" t="s">
         <v>104</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B4:H4"/>
   <mergeCells count="1">
     <mergeCell ref="B2:H2"/>
   </mergeCells>
   <dataValidations count="8">
-    <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="textLength" sqref="H5:H25 D7:D8 D10:D25">
-[...2 lines deleted...]
-    </dataValidation>
     <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="textLength" sqref="G5:G6 C7:C8 G9:G12 C10:C25">
       <formula1>0</formula1>
       <formula2>25</formula2>
     </dataValidation>
     <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="list" sqref="E5:E25">
       <formula1>"Parent Primary,Parent Secondary,All Parents,Staff Primary,Staff Secondary,All Staff,All Adults"</formula1>
+    </dataValidation>
+    <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="textLength" sqref="H5:H25 D7:D8 D10:D25">
+      <formula1>0</formula1>
+      <formula2>125</formula2>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="H8" r:id="rId1"/>
     <hyperlink ref="H11" r:id="rId2"/>
     <hyperlink ref="H12" r:id="rId3"/>
     <hyperlink ref="H13" r:id="rId4"/>
     <hyperlink ref="H14" r:id="rId5"/>
     <hyperlink ref="H15" r:id="rId6"/>
     <hyperlink ref="H17" r:id="rId7"/>
     <hyperlink ref="H24" r:id="rId8"/>
     <hyperlink ref="H25" r:id="rId9"/>
   </hyperlinks>
   <drawing r:id="rId10"/>
   <extLst/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Zoho Sheet Writer</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>