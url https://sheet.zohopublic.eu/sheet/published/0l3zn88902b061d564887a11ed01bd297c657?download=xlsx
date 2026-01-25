--- v1 (2025-12-07)
+++ v2 (2026-01-25)
@@ -4654,63 +4654,63 @@
       <c r="M40" s="5"/>
     </row>
     <row r="41" customHeight="1" ht="19.0"/>
     <row r="42" customHeight="1" ht="49.0"/>
     <row r="43" customHeight="1" ht="50.0"/>
     <row r="44" customHeight="1" ht="63.0"/>
     <row r="45" customHeight="1" ht="104.0" customFormat="1" s="2">
       <c r="B45" s="1"/>
       <c r="C45" s="1"/>
       <c r="D45" s="1"/>
       <c r="E45" s="1"/>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
       <c r="I45" s="1"/>
       <c r="J45" s="1"/>
       <c r="K45" s="1"/>
       <c r="L45" s="1"/>
       <c r="M45" s="1"/>
       <c r="N45" s="1"/>
     </row>
     <row r="46" customHeight="1" ht="27.0"/>
   </sheetData>
   <autoFilter ref="C14:L14"/>
   <mergeCells count="20">
-    <mergeCell ref="C19:L19"/>
-[...1 lines deleted...]
-    <mergeCell ref="C25:L25"/>
+    <mergeCell ref="C22:G23"/>
     <mergeCell ref="C27:H27"/>
-    <mergeCell ref="C22:G23"/>
-    <mergeCell ref="C2:L2"/>
     <mergeCell ref="C4:L4"/>
-    <mergeCell ref="C15:D15"/>
     <mergeCell ref="C6:H6"/>
     <mergeCell ref="C12:L12"/>
+    <mergeCell ref="C15:D15"/>
+    <mergeCell ref="C2:L2"/>
+    <mergeCell ref="C28:G29"/>
+    <mergeCell ref="C25:L25"/>
     <mergeCell ref="C31:L31"/>
-    <mergeCell ref="C28:G29"/>
     <mergeCell ref="C3:L3"/>
+    <mergeCell ref="C21:F21"/>
+    <mergeCell ref="C19:L19"/>
     <mergeCell ref="C37:L37"/>
     <mergeCell ref="C33:G35"/>
     <mergeCell ref="C39:G39"/>
     <mergeCell ref="F8:J8"/>
     <mergeCell ref="F7:J7"/>
     <mergeCell ref="G15:H15"/>
     <mergeCell ref="I15:K15"/>
   </mergeCells>
   <dataValidations count="2">
     <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="textLength" sqref="G16:G17">
       <formula1>0</formula1>
       <formula2>25</formula2>
     </dataValidation>
     <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="textLength" sqref="H16:H17">
       <formula1>0</formula1>
       <formula2>125</formula2>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="F7" r:id="rId1"/>
     <hyperlink ref="F8" r:id="rId2"/>
   </hyperlinks>
   <drawing r:id="rId3"/>
   <extLst/>
 </worksheet>
@@ -15523,56 +15523,56 @@
         <v>943</v>
       </c>
       <c r="E25" s="100" t="s">
         <v>885</v>
       </c>
       <c r="F25" s="100" t="s">
         <v>944</v>
       </c>
       <c r="G25" s="100" t="s">
         <v>945</v>
       </c>
       <c r="H25" s="101" t="s">
         <v>104</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B4:H4"/>
   <mergeCells count="1">
     <mergeCell ref="B2:H2"/>
   </mergeCells>
   <dataValidations count="8">
     <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="textLength" sqref="G5:G6 C7:C8 G9:G12 C10:C25">
       <formula1>0</formula1>
       <formula2>25</formula2>
     </dataValidation>
-    <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="list" sqref="E5:E25">
-[...1 lines deleted...]
-    </dataValidation>
     <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="textLength" sqref="H5:H25 D7:D8 D10:D25">
       <formula1>0</formula1>
       <formula2>125</formula2>
+    </dataValidation>
+    <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="list" sqref="E5:E25">
+      <formula1>"Parent Primary,Parent Secondary,All Parents,Staff Primary,Staff Secondary,All Staff,All Adults"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="H8" r:id="rId1"/>
     <hyperlink ref="H11" r:id="rId2"/>
     <hyperlink ref="H12" r:id="rId3"/>
     <hyperlink ref="H13" r:id="rId4"/>
     <hyperlink ref="H14" r:id="rId5"/>
     <hyperlink ref="H15" r:id="rId6"/>
     <hyperlink ref="H17" r:id="rId7"/>
     <hyperlink ref="H24" r:id="rId8"/>
     <hyperlink ref="H25" r:id="rId9"/>
   </hyperlinks>
   <drawing r:id="rId10"/>
   <extLst/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Zoho Sheet Writer</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>