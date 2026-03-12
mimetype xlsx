--- v2 (2026-01-25)
+++ v3 (2026-03-12)
@@ -4654,79 +4654,79 @@
       <c r="M40" s="5"/>
     </row>
     <row r="41" customHeight="1" ht="19.0"/>
     <row r="42" customHeight="1" ht="49.0"/>
     <row r="43" customHeight="1" ht="50.0"/>
     <row r="44" customHeight="1" ht="63.0"/>
     <row r="45" customHeight="1" ht="104.0" customFormat="1" s="2">
       <c r="B45" s="1"/>
       <c r="C45" s="1"/>
       <c r="D45" s="1"/>
       <c r="E45" s="1"/>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
       <c r="I45" s="1"/>
       <c r="J45" s="1"/>
       <c r="K45" s="1"/>
       <c r="L45" s="1"/>
       <c r="M45" s="1"/>
       <c r="N45" s="1"/>
     </row>
     <row r="46" customHeight="1" ht="27.0"/>
   </sheetData>
   <autoFilter ref="C14:L14"/>
   <mergeCells count="20">
-    <mergeCell ref="C22:G23"/>
-    <mergeCell ref="C27:H27"/>
+    <mergeCell ref="C19:L19"/>
+    <mergeCell ref="C3:L3"/>
     <mergeCell ref="C4:L4"/>
+    <mergeCell ref="C2:L2"/>
+    <mergeCell ref="C21:F21"/>
     <mergeCell ref="C6:H6"/>
     <mergeCell ref="C12:L12"/>
     <mergeCell ref="C15:D15"/>
-    <mergeCell ref="C2:L2"/>
+    <mergeCell ref="C31:L31"/>
     <mergeCell ref="C28:G29"/>
+    <mergeCell ref="C22:G23"/>
     <mergeCell ref="C25:L25"/>
-    <mergeCell ref="C31:L31"/>
-[...2 lines deleted...]
-    <mergeCell ref="C19:L19"/>
+    <mergeCell ref="C27:H27"/>
+    <mergeCell ref="C39:G39"/>
+    <mergeCell ref="C33:G35"/>
     <mergeCell ref="C37:L37"/>
-    <mergeCell ref="C33:G35"/>
-    <mergeCell ref="C39:G39"/>
+    <mergeCell ref="F7:J7"/>
     <mergeCell ref="F8:J8"/>
-    <mergeCell ref="F7:J7"/>
     <mergeCell ref="G15:H15"/>
     <mergeCell ref="I15:K15"/>
   </mergeCells>
   <dataValidations count="2">
+    <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="textLength" sqref="H16:H17">
+      <formula1>0</formula1>
+      <formula2>125</formula2>
+    </dataValidation>
     <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="textLength" sqref="G16:G17">
       <formula1>0</formula1>
       <formula2>25</formula2>
-    </dataValidation>
-[...2 lines deleted...]
-      <formula2>125</formula2>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="F7" r:id="rId1"/>
     <hyperlink ref="F8" r:id="rId2"/>
   </hyperlinks>
   <drawing r:id="rId3"/>
   <extLst/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main">
   <dimension ref="A1:K93"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" state="frozen"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0" customHeight="1"/>
   <cols>
     <col min="1" max="1" style="2" width="5.16"/>
     <col min="2" max="2" style="40" width="16.82"/>
     <col min="3" max="3" style="41" width="21.59"/>
     <col min="4" max="4" style="42" width="21.59"/>
@@ -7202,57 +7202,57 @@
         <v>486</v>
       </c>
       <c r="E93" s="41" t="s">
         <v>487</v>
       </c>
       <c r="F93" s="41" t="s">
         <v>488</v>
       </c>
       <c r="G93" s="56" t="s">
         <v>489</v>
       </c>
       <c r="H93" s="56" t="s">
         <v>275</v>
       </c>
       <c r="I93" s="74" t="s">
         <v>490</v>
       </c>
       <c r="J93" s="71" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="94" customHeight="1" ht="56.0"/>
   </sheetData>
   <autoFilter ref="B2:J2"/>
   <dataValidations count="4">
+    <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="textLength" sqref="G4:G93">
+      <formula1>0</formula1>
+      <formula2>125</formula2>
+    </dataValidation>
     <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="textLength" sqref="F4:F16 F18:F88 F90:F92">
       <formula1>0</formula1>
       <formula2>25</formula2>
-    </dataValidation>
-[...2 lines deleted...]
-      <formula2>125</formula2>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="I3" r:id="rId1"/>
     <hyperlink ref="J3" r:id="rId2"/>
     <hyperlink ref="J5" r:id="rId3"/>
     <hyperlink ref="J6" r:id="rId4"/>
     <hyperlink ref="I10" r:id="rId5"/>
     <hyperlink ref="J10" r:id="rId6"/>
     <hyperlink ref="I11" r:id="rId7"/>
     <hyperlink ref="J11" r:id="rId8"/>
     <hyperlink ref="I12" r:id="rId9"/>
     <hyperlink ref="J12" r:id="rId10"/>
     <hyperlink ref="J14" r:id="rId11"/>
     <hyperlink ref="I15" r:id="rId12"/>
     <hyperlink ref="J15" r:id="rId13"/>
     <hyperlink ref="I16" r:id="rId14"/>
     <hyperlink ref="J16" r:id="rId15"/>
     <hyperlink ref="J17" r:id="rId16"/>
     <hyperlink ref="J19" r:id="rId17"/>
     <hyperlink ref="I20" r:id="rId18"/>
     <hyperlink ref="J20" r:id="rId19"/>
     <hyperlink ref="J21" r:id="rId20"/>
     <hyperlink ref="I22" r:id="rId21"/>
     <hyperlink ref="J22" r:id="rId22"/>
@@ -9812,57 +9812,57 @@
     </row>
     <row r="95" customHeight="1" ht="56.0">
       <c r="H95" s="84"/>
       <c r="I95" s="84"/>
       <c r="J95" s="84"/>
     </row>
     <row r="96" customHeight="1" ht="56.0">
       <c r="H96" s="84"/>
       <c r="I96" s="84"/>
       <c r="J96" s="84"/>
     </row>
     <row r="97" customHeight="1" ht="56.0">
       <c r="H97" s="84"/>
       <c r="I97" s="84"/>
       <c r="J97" s="84"/>
     </row>
     <row r="98" customHeight="1" ht="56.0">
       <c r="H98" s="84"/>
       <c r="I98" s="84"/>
       <c r="J98" s="84"/>
     </row>
     <row r="99" customHeight="1" ht="56.0"/>
   </sheetData>
   <autoFilter ref="B2:J2"/>
   <dataValidations count="4">
+    <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="textLength" sqref="G3:G87">
+      <formula1>0</formula1>
+      <formula2>125</formula2>
+    </dataValidation>
     <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="textLength" sqref="F3:F14 F16:F82 F84:F86">
       <formula1>0</formula1>
       <formula2>25</formula2>
-    </dataValidation>
-[...2 lines deleted...]
-      <formula2>125</formula2>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="J3" r:id="rId1"/>
     <hyperlink ref="J5" r:id="rId2"/>
     <hyperlink ref="J6" r:id="rId3"/>
     <hyperlink ref="I8" r:id="rId4"/>
     <hyperlink ref="J8" r:id="rId5"/>
     <hyperlink ref="I9" r:id="rId6"/>
     <hyperlink ref="J9" r:id="rId7"/>
     <hyperlink ref="I10" r:id="rId8"/>
     <hyperlink ref="J10" r:id="rId9"/>
     <hyperlink ref="J12" r:id="rId10"/>
     <hyperlink ref="J13" r:id="rId11"/>
     <hyperlink ref="I14" r:id="rId12"/>
     <hyperlink ref="J14" r:id="rId13"/>
     <hyperlink ref="J15" r:id="rId14"/>
     <hyperlink ref="I18" r:id="rId15"/>
     <hyperlink ref="J18" r:id="rId16"/>
     <hyperlink ref="I19" r:id="rId17"/>
     <hyperlink ref="J19" r:id="rId18"/>
     <hyperlink ref="I20" r:id="rId19"/>
     <hyperlink ref="J20" r:id="rId20"/>
     <hyperlink ref="I21" r:id="rId21"/>
     <hyperlink ref="J21" r:id="rId22"/>
@@ -12411,57 +12411,57 @@
       </c>
       <c r="J88" s="93" t="s">
         <v>478</v>
       </c>
       <c r="K88" s="75"/>
     </row>
     <row r="89" customHeight="1" ht="56.0">
       <c r="B89" s="56"/>
       <c r="C89" s="56"/>
       <c r="D89" s="56"/>
       <c r="E89" s="56"/>
       <c r="F89" s="56"/>
       <c r="G89" s="56"/>
       <c r="H89" s="56"/>
       <c r="I89" s="56"/>
       <c r="K89" s="75"/>
     </row>
     <row r="90" customHeight="1" ht="56.0"/>
   </sheetData>
   <autoFilter ref="B2:J2"/>
   <mergeCells count="2">
     <mergeCell ref="B49:B50"/>
     <mergeCell ref="C49:C50"/>
   </mergeCells>
   <dataValidations count="5">
+    <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="textLength" sqref="G3:G89">
+      <formula1>0</formula1>
+      <formula2>125</formula2>
+    </dataValidation>
     <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="textLength" sqref="F3:F14 F16:F29 F31:F86 F88:F89">
       <formula1>0</formula1>
       <formula2>25</formula2>
-    </dataValidation>
-[...2 lines deleted...]
-      <formula2>125</formula2>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="J3" r:id="rId1"/>
     <hyperlink ref="J4" r:id="rId2"/>
     <hyperlink ref="J7" r:id="rId3"/>
     <hyperlink ref="J10" r:id="rId4"/>
     <hyperlink ref="J11" r:id="rId5"/>
     <hyperlink ref="J13" r:id="rId6"/>
     <hyperlink ref="J14" r:id="rId7"/>
     <hyperlink ref="J15" r:id="rId8"/>
     <hyperlink ref="J18" r:id="rId9"/>
     <hyperlink ref="J19" r:id="rId10"/>
     <hyperlink ref="J20" r:id="rId11"/>
     <hyperlink ref="J21" r:id="rId12"/>
     <hyperlink ref="J22" r:id="rId13"/>
     <hyperlink ref="J25" r:id="rId14"/>
     <hyperlink ref="J26" r:id="rId15"/>
     <hyperlink ref="J27" r:id="rId16"/>
     <hyperlink ref="J28" r:id="rId17"/>
     <hyperlink ref="J29" r:id="rId18"/>
     <hyperlink ref="J32" r:id="rId19"/>
     <hyperlink ref="J33" r:id="rId20"/>
     <hyperlink ref="J34" r:id="rId21"/>
     <hyperlink ref="J35" r:id="rId22"/>
@@ -14938,57 +14938,57 @@
       </c>
       <c r="E87" s="56" t="s">
         <v>876</v>
       </c>
       <c r="F87" s="56" t="s">
         <v>641</v>
       </c>
       <c r="G87" s="56" t="s">
         <v>476</v>
       </c>
       <c r="H87" s="56" t="s">
         <v>642</v>
       </c>
       <c r="I87" s="56" t="s">
         <v>477</v>
       </c>
       <c r="J87" s="71" t="s">
         <v>478</v>
       </c>
       <c r="K87" s="75"/>
     </row>
     <row r="88" customHeight="1" ht="56.0"/>
   </sheetData>
   <autoFilter ref="B2:J2"/>
   <dataValidations count="7">
+    <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="textLength" sqref="G3:G87">
+      <formula1>0</formula1>
+      <formula2>125</formula2>
+    </dataValidation>
     <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="textLength" sqref="F3:F16 F18:F31 F33:F70 E71:F71 F72:F85 F87:F87">
       <formula1>0</formula1>
       <formula2>25</formula2>
-    </dataValidation>
-[...2 lines deleted...]
-      <formula2>125</formula2>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="J3" r:id="rId1"/>
     <hyperlink ref="J4" r:id="rId2"/>
     <hyperlink ref="J5" r:id="rId3"/>
     <hyperlink ref="I6" r:id="rId4"/>
     <hyperlink ref="J6" r:id="rId5"/>
     <hyperlink ref="J7" r:id="rId6"/>
     <hyperlink ref="J8" r:id="rId7"/>
     <hyperlink ref="J12" r:id="rId8"/>
     <hyperlink ref="J13" r:id="rId9"/>
     <hyperlink ref="J15" r:id="rId10"/>
     <hyperlink ref="J16" r:id="rId11"/>
     <hyperlink ref="J17" r:id="rId12"/>
     <hyperlink ref="J20" r:id="rId13"/>
     <hyperlink ref="J21" r:id="rId14"/>
     <hyperlink ref="J22" r:id="rId15"/>
     <hyperlink ref="J23" r:id="rId16"/>
     <hyperlink ref="J24" r:id="rId17"/>
     <hyperlink ref="J25" r:id="rId18"/>
     <hyperlink ref="J27" r:id="rId19"/>
     <hyperlink ref="J28" r:id="rId20"/>
     <hyperlink ref="J29" r:id="rId21"/>
     <hyperlink ref="J30" r:id="rId22"/>
@@ -15519,60 +15519,60 @@
       <c r="C25" s="102" t="s">
         <v>942</v>
       </c>
       <c r="D25" s="100" t="s">
         <v>943</v>
       </c>
       <c r="E25" s="100" t="s">
         <v>885</v>
       </c>
       <c r="F25" s="100" t="s">
         <v>944</v>
       </c>
       <c r="G25" s="100" t="s">
         <v>945</v>
       </c>
       <c r="H25" s="101" t="s">
         <v>104</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B4:H4"/>
   <mergeCells count="1">
     <mergeCell ref="B2:H2"/>
   </mergeCells>
   <dataValidations count="8">
-    <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="textLength" sqref="G5:G6 C7:C8 G9:G12 C10:C25">
-[...2 lines deleted...]
-    </dataValidation>
     <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="textLength" sqref="H5:H25 D7:D8 D10:D25">
       <formula1>0</formula1>
       <formula2>125</formula2>
     </dataValidation>
     <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="list" sqref="E5:E25">
       <formula1>"Parent Primary,Parent Secondary,All Parents,Staff Primary,Staff Secondary,All Staff,All Adults"</formula1>
+    </dataValidation>
+    <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="textLength" sqref="G5:G6 C7:C8 G9:G12 C10:C25">
+      <formula1>0</formula1>
+      <formula2>25</formula2>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="H8" r:id="rId1"/>
     <hyperlink ref="H11" r:id="rId2"/>
     <hyperlink ref="H12" r:id="rId3"/>
     <hyperlink ref="H13" r:id="rId4"/>
     <hyperlink ref="H14" r:id="rId5"/>
     <hyperlink ref="H15" r:id="rId6"/>
     <hyperlink ref="H17" r:id="rId7"/>
     <hyperlink ref="H24" r:id="rId8"/>
     <hyperlink ref="H25" r:id="rId9"/>
   </hyperlinks>
   <drawing r:id="rId10"/>
   <extLst/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Zoho Sheet Writer</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>