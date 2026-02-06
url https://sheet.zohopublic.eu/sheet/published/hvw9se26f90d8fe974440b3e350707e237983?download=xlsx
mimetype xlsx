--- v0 (2025-10-29)
+++ v1 (2026-02-06)
@@ -4611,66 +4611,66 @@
       <c r="L39" s="4"/>
       <c r="M39" s="4"/>
     </row>
     <row r="40" customHeight="1" ht="364.0">
       <c r="B40" s="4"/>
       <c r="C40" s="4"/>
       <c r="D40" s="4"/>
       <c r="E40" s="4"/>
       <c r="F40" s="4"/>
       <c r="G40" s="4"/>
       <c r="H40" s="4"/>
       <c r="I40" s="4"/>
       <c r="J40" s="4"/>
       <c r="K40" s="4"/>
       <c r="L40" s="4"/>
       <c r="M40" s="4"/>
     </row>
     <row r="41" customHeight="1" ht="19.0"/>
     <row r="42" customHeight="1" ht="49.0"/>
     <row r="43" customHeight="1" ht="50.0"/>
     <row r="44" customHeight="1" ht="63.0"/>
     <row r="45" customHeight="1" ht="104.0"/>
     <row r="46" customHeight="1" ht="27.0"/>
   </sheetData>
   <mergeCells count="20">
+    <mergeCell ref="C15:D15"/>
+    <mergeCell ref="C6:H6"/>
+    <mergeCell ref="C25:L25"/>
+    <mergeCell ref="C3:L3"/>
+    <mergeCell ref="C2:L2"/>
+    <mergeCell ref="C31:L31"/>
+    <mergeCell ref="C28:G29"/>
+    <mergeCell ref="C27:H27"/>
+    <mergeCell ref="C12:L12"/>
+    <mergeCell ref="C4:L4"/>
     <mergeCell ref="C19:L19"/>
-    <mergeCell ref="C6:H6"/>
-[...8 lines deleted...]
-    <mergeCell ref="C28:G29"/>
     <mergeCell ref="C21:F21"/>
     <mergeCell ref="C22:G23"/>
+    <mergeCell ref="C39:G39"/>
+    <mergeCell ref="C33:G35"/>
     <mergeCell ref="C37:L37"/>
-    <mergeCell ref="C33:G35"/>
-    <mergeCell ref="C39:G39"/>
     <mergeCell ref="F8:J8"/>
     <mergeCell ref="F7:J7"/>
     <mergeCell ref="G15:H15"/>
     <mergeCell ref="I15:K15"/>
   </mergeCells>
   <dataValidations count="2">
     <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="textLength" sqref="G16:G17">
       <formula1>0</formula1>
       <formula2>25</formula2>
     </dataValidation>
     <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="textLength" sqref="H16:H17">
       <formula1>0</formula1>
       <formula2>125</formula2>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="F7" r:id="rId1"/>
     <hyperlink ref="F8" r:id="rId2"/>
   </hyperlinks>
   <drawing r:id="rId3"/>
   <extLst/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
@@ -15435,56 +15435,56 @@
       <c r="D25" s="53" t="s">
         <v>973</v>
       </c>
       <c r="E25" s="53" t="s">
         <v>917</v>
       </c>
       <c r="F25" s="53" t="s">
         <v>974</v>
       </c>
       <c r="G25" s="53" t="s">
         <v>975</v>
       </c>
       <c r="H25" s="61" t="s">
         <v>102</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B2:H2"/>
   </mergeCells>
   <dataValidations count="8">
     <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="textLength" sqref="G5:G6 C7:C8 G9:G12 C10:C25">
       <formula1>0</formula1>
       <formula2>25</formula2>
     </dataValidation>
+    <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="list" sqref="E5:E25">
+      <formula1>"Parent Primary,Parent Secondary,All Parents,Staff Primary,Staff Secondary,All Staff,All Adults"</formula1>
+    </dataValidation>
     <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="textLength" sqref="H5:H25 D7:D8 D10:D25">
       <formula1>0</formula1>
       <formula2>125</formula2>
-    </dataValidation>
-[...1 lines deleted...]
-      <formula1>"Parent Primary,Parent Secondary,All Parents,Staff Primary,Staff Secondary,All Staff,All Adults"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="H8" r:id="rId1"/>
     <hyperlink ref="H11" r:id="rId2"/>
     <hyperlink ref="H12" r:id="rId3"/>
     <hyperlink ref="H13" r:id="rId4"/>
     <hyperlink ref="H14" r:id="rId5"/>
     <hyperlink ref="H15" r:id="rId6"/>
     <hyperlink ref="H17" r:id="rId7"/>
     <hyperlink ref="H24" r:id="rId8"/>
     <hyperlink ref="H25" r:id="rId9"/>
   </hyperlinks>
   <drawing r:id="rId10"/>
   <extLst/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Zoho Sheet Writer</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>