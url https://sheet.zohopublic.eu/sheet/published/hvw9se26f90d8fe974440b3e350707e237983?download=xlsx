--- v1 (2026-02-06)
+++ v2 (2026-03-24)
@@ -4611,65 +4611,65 @@
       <c r="L39" s="4"/>
       <c r="M39" s="4"/>
     </row>
     <row r="40" customHeight="1" ht="364.0">
       <c r="B40" s="4"/>
       <c r="C40" s="4"/>
       <c r="D40" s="4"/>
       <c r="E40" s="4"/>
       <c r="F40" s="4"/>
       <c r="G40" s="4"/>
       <c r="H40" s="4"/>
       <c r="I40" s="4"/>
       <c r="J40" s="4"/>
       <c r="K40" s="4"/>
       <c r="L40" s="4"/>
       <c r="M40" s="4"/>
     </row>
     <row r="41" customHeight="1" ht="19.0"/>
     <row r="42" customHeight="1" ht="49.0"/>
     <row r="43" customHeight="1" ht="50.0"/>
     <row r="44" customHeight="1" ht="63.0"/>
     <row r="45" customHeight="1" ht="104.0"/>
     <row r="46" customHeight="1" ht="27.0"/>
   </sheetData>
   <mergeCells count="20">
+    <mergeCell ref="C21:F21"/>
+    <mergeCell ref="C31:L31"/>
+    <mergeCell ref="C6:H6"/>
+    <mergeCell ref="C4:L4"/>
+    <mergeCell ref="C28:G29"/>
     <mergeCell ref="C15:D15"/>
-    <mergeCell ref="C6:H6"/>
+    <mergeCell ref="C19:L19"/>
+    <mergeCell ref="C12:L12"/>
+    <mergeCell ref="C22:G23"/>
     <mergeCell ref="C25:L25"/>
     <mergeCell ref="C3:L3"/>
     <mergeCell ref="C2:L2"/>
-    <mergeCell ref="C31:L31"/>
-    <mergeCell ref="C28:G29"/>
     <mergeCell ref="C27:H27"/>
-    <mergeCell ref="C12:L12"/>
-[...3 lines deleted...]
-    <mergeCell ref="C22:G23"/>
+    <mergeCell ref="C33:G35"/>
     <mergeCell ref="C39:G39"/>
-    <mergeCell ref="C33:G35"/>
     <mergeCell ref="C37:L37"/>
     <mergeCell ref="F8:J8"/>
     <mergeCell ref="F7:J7"/>
     <mergeCell ref="G15:H15"/>
     <mergeCell ref="I15:K15"/>
   </mergeCells>
   <dataValidations count="2">
     <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="textLength" sqref="G16:G17">
       <formula1>0</formula1>
       <formula2>25</formula2>
     </dataValidation>
     <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="textLength" sqref="H16:H17">
       <formula1>0</formula1>
       <formula2>125</formula2>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="F7" r:id="rId1"/>
     <hyperlink ref="F8" r:id="rId2"/>
   </hyperlinks>
   <drawing r:id="rId3"/>
   <extLst/>
 </worksheet>
 </file>
 
@@ -15431,56 +15431,56 @@
       </c>
       <c r="C25" s="56" t="s">
         <v>972</v>
       </c>
       <c r="D25" s="53" t="s">
         <v>973</v>
       </c>
       <c r="E25" s="53" t="s">
         <v>917</v>
       </c>
       <c r="F25" s="53" t="s">
         <v>974</v>
       </c>
       <c r="G25" s="53" t="s">
         <v>975</v>
       </c>
       <c r="H25" s="61" t="s">
         <v>102</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B2:H2"/>
   </mergeCells>
   <dataValidations count="8">
+    <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="list" sqref="E5:E25">
+      <formula1>"Parent Primary,Parent Secondary,All Parents,Staff Primary,Staff Secondary,All Staff,All Adults"</formula1>
+    </dataValidation>
     <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="textLength" sqref="G5:G6 C7:C8 G9:G12 C10:C25">
       <formula1>0</formula1>
       <formula2>25</formula2>
-    </dataValidation>
-[...1 lines deleted...]
-      <formula1>"Parent Primary,Parent Secondary,All Parents,Staff Primary,Staff Secondary,All Staff,All Adults"</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="The value you entered is not valid." error="The value entered violates data validation rules set in cell" errorStyle="stop" type="textLength" sqref="H5:H25 D7:D8 D10:D25">
       <formula1>0</formula1>
       <formula2>125</formula2>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="H8" r:id="rId1"/>
     <hyperlink ref="H11" r:id="rId2"/>
     <hyperlink ref="H12" r:id="rId3"/>
     <hyperlink ref="H13" r:id="rId4"/>
     <hyperlink ref="H14" r:id="rId5"/>
     <hyperlink ref="H15" r:id="rId6"/>
     <hyperlink ref="H17" r:id="rId7"/>
     <hyperlink ref="H24" r:id="rId8"/>
     <hyperlink ref="H25" r:id="rId9"/>
   </hyperlinks>
   <drawing r:id="rId10"/>
   <extLst/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Zoho Sheet Writer</Application>